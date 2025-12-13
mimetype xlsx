--- v0 (2025-11-30)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="186">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="198">
   <si>
     <t>Relatório Geral de Protocolos - SLAH</t>
   </si>
   <si>
     <t>Protocolo</t>
   </si>
   <si>
     <t>Processo</t>
   </si>
   <si>
     <t>Tipo</t>
   </si>
   <si>
     <t>Data de Entrada</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Descrição</t>
   </si>
   <si>
@@ -569,51 +569,87 @@
   <si>
     <t>048/2025</t>
   </si>
   <si>
     <t>048/2025 INDICAÇÃO</t>
   </si>
   <si>
     <t>14/11/2025</t>
   </si>
   <si>
     <t>ao Executivo Municipal a presente indicação, para que seja destinado um servidor para cuidado exclusivo do Parque de Rodeios.</t>
   </si>
   <si>
     <t>049/2025</t>
   </si>
   <si>
     <t>049/2025 INDICAÇÃO</t>
   </si>
   <si>
     <t>28/11/2025</t>
   </si>
   <si>
     <t>ao Executivo Municipal a presente indicação, para que seja construído uma lombada em frente a propriedade do Sr. Gelsom de Matos, na comunidade de São Luiz, interior do município e para proceder aos serviços de recuperação da estrada.</t>
   </si>
   <si>
-    <t>Total: 49</t>
+    <t>050/2025</t>
+  </si>
+  <si>
+    <t>050/2025 INDICAÇÃO</t>
+  </si>
+  <si>
+    <t>03/12/2025</t>
+  </si>
+  <si>
+    <t>ao Executivo Municipal a presente indicação, para que seja implantado para população de Caseiros aulas de pilates de forma gratuita.</t>
+  </si>
+  <si>
+    <t>051/2025</t>
+  </si>
+  <si>
+    <t>051/2025 INDICAÇÃO</t>
+  </si>
+  <si>
+    <t>05/12/2025</t>
+  </si>
+  <si>
+    <t>ao Executivo Municipal a presente indicação, para que seja implantado em Caseiros um programa municipal de promoção à saúde e qualidade de vida, destinado ao acompanhamento de munícipes com obesidade, sobrepeso ou outras condições que demandem atenção multiprofissional.</t>
+  </si>
+  <si>
+    <t>052/2025</t>
+  </si>
+  <si>
+    <t>052/2025 INDICAÇÃO</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>ao Executivo Municipal a presente indicação, para que seja realizada a terraplanagem em frente à propriedade do Sr. Nelcio Rodrigues do Passos, na Comunidade de Cristo Rei, visando corrigir o desnível existente e possibilitar o adequado acesso e manobra de caminhões no local.</t>
+  </si>
+  <si>
+    <t>Total: 52</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -932,54 +968,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G52"/>
+  <dimension ref="A1:G55"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C51" sqref="C51"/>
+      <selection activeCell="C54" sqref="C54"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
@@ -2102,52 +2138,121 @@
     </row>
     <row r="51" spans="1:7">
       <c r="A51">
         <v>20251295</v>
       </c>
       <c r="B51" t="s">
         <v>181</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>182</v>
       </c>
       <c r="D51" t="s">
         <v>183</v>
       </c>
       <c r="E51" t="s">
         <v>11</v>
       </c>
       <c r="F51" t="s">
         <v>26</v>
       </c>
       <c r="G51" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="52" spans="1:7">
-      <c r="A52" t="s">
+      <c r="A52">
+        <v>20251296</v>
+      </c>
+      <c r="B52" t="s">
         <v>185</v>
+      </c>
+      <c r="C52" s="2" t="s">
+        <v>186</v>
+      </c>
+      <c r="D52" t="s">
+        <v>187</v>
+      </c>
+      <c r="E52" t="s">
+        <v>11</v>
+      </c>
+      <c r="F52" t="s">
+        <v>62</v>
+      </c>
+      <c r="G52" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7">
+      <c r="A53">
+        <v>20251298</v>
+      </c>
+      <c r="B53" t="s">
+        <v>189</v>
+      </c>
+      <c r="C53" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="D53" t="s">
+        <v>191</v>
+      </c>
+      <c r="E53" t="s">
+        <v>11</v>
+      </c>
+      <c r="F53" t="s">
+        <v>82</v>
+      </c>
+      <c r="G53" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7">
+      <c r="A54">
+        <v>20251299</v>
+      </c>
+      <c r="B54" t="s">
+        <v>193</v>
+      </c>
+      <c r="C54" s="2" t="s">
+        <v>194</v>
+      </c>
+      <c r="D54" t="s">
+        <v>195</v>
+      </c>
+      <c r="E54" t="s">
+        <v>11</v>
+      </c>
+      <c r="F54" t="s">
+        <v>26</v>
+      </c>
+      <c r="G54" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7">
+      <c r="A55" t="s">
+        <v>197</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>